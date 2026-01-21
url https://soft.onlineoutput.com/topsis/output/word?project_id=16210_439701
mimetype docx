--- v0 (2025-11-19)
+++ v1 (2026-01-21)
@@ -9286,51 +9286,51 @@
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-1589410</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4299268</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1814573" cy="404185"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="159383300" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
+                  <pic:cNvPr id="2002057756" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
                       <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm rot="16200000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1814573" cy="404185"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>