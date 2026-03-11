--- v1 (2026-01-21)
+++ v2 (2026-03-11)
@@ -9286,51 +9286,51 @@
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-1589410</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4299268</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1814573" cy="404185"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2002057756" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
+                  <pic:cNvPr id="1171022327" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
                       <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm rot="16200000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1814573" cy="404185"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>