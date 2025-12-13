--- v0 (2025-10-07)
+++ v1 (2025-12-13)
@@ -9150,51 +9150,51 @@
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-1589410</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4299268</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1814573" cy="404185"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1128424164" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
+                  <pic:cNvPr id="1897660331" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
                       <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm rot="16200000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1814573" cy="404185"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>