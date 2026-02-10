--- v1 (2025-12-13)
+++ v2 (2026-02-10)
@@ -89,51 +89,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidR="00C431F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C431F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>9/28/2025 8:52:46 PM</w:t>
+        <w:t>12/17/2025 4:42:50 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0011313F" w:rsidP="00DB30CF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0011313F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">TOPSIS </w:t>
       </w:r>
       <w:r w:rsidR="00D45589">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
@@ -358,51 +358,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">In this study there are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> criteria and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -462,54 +462,54 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>Characteristics of Criteria</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="571"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1389"/>
+        <w:gridCol w:w="1105"/>
+        <w:gridCol w:w="3528"/>
+        <w:gridCol w:w="2017"/>
+        <w:gridCol w:w="2690"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
@@ -635,51 +635,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl w:val="0"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Product quality and authenticity</w:t>
+              <w:t>criterion1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
@@ -687,51 +687,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.25</w:t>
+              <w:t>0.333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
@@ -748,103 +748,103 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl w:val="0"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Price and payment conditions</w:t>
+              <w:t>criterion2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.15</w:t>
+              <w:t>0.333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
@@ -861,51 +861,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl w:val="0"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>After-sales service and technical support</w:t>
+              <w:t>criterion3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
@@ -913,390 +913,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                 <w:noProof/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.2</w:t>
-[...338 lines deleted...]
-              <w:t>0.1</w:t>
+              <w:t>0.333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C044F9" w:rsidRPr="00C044F9" w:rsidP="00C044F9">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0033297C" w:rsidRPr="0033297C" w:rsidP="0033297C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0033297C">
@@ -1342,57 +1003,54 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>Decision Matrix</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1409"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="2648"/>
+        <w:gridCol w:w="2231"/>
+        <w:gridCol w:w="2231"/>
+        <w:gridCol w:w="2231"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
@@ -1402,300 +1060,156 @@
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Product quality and authenticity</w:t>
+              <w:t>criterion1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Price and payment conditions</w:t>
+              <w:t>criterion2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>After-sales service and technical support</w:t>
-[...71 lines deleted...]
-              <w:t>Alignment with new technologies</w:t>
+              <w:t>criterion3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Dell Technologies</w:t>
+              <w:t>alternative1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...71 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
@@ -1732,372 +1246,228 @@
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>HP</w:t>
+              <w:t>alternative2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...71 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Lenovo</w:t>
+              <w:t>alternative3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>3</w:t>
-            </w:r>
-[...70 lines deleted...]
-              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C044F9" w:rsidRPr="00C044F9" w:rsidP="00C044F9">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D5369D" w:rsidP="00D5369D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="fa-IR"/>
@@ -2538,57 +1908,54 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>The normalized matrix</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1409"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="2648"/>
+        <w:gridCol w:w="2231"/>
+        <w:gridCol w:w="2231"/>
+        <w:gridCol w:w="2231"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
@@ -2598,702 +1965,414 @@
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Product quality and authenticity</w:t>
+              <w:t>criterion1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Price and payment conditions</w:t>
+              <w:t>criterion2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>After-sales service and technical support</w:t>
-[...71 lines deleted...]
-              <w:t>Alignment with new technologies</w:t>
+              <w:t>criterion3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Dell Technologies</w:t>
+              <w:t>alternative1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.662</w:t>
+              <w:t>0.267</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.424</w:t>
+              <w:t>0.62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.707</w:t>
-[...71 lines deleted...]
-              <w:t>0.662</w:t>
+              <w:t>0.811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>HP</w:t>
+              <w:t>alternative2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.53</w:t>
+              <w:t>0.535</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.566</w:t>
+              <w:t>0.744</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.566</w:t>
-[...71 lines deleted...]
-              <w:t>0.53</w:t>
+              <w:t>0.324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Lenovo</w:t>
+              <w:t>alternative3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.53</w:t>
+              <w:t>0.802</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.707</w:t>
+              <w:t>0.248</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="00C044F9">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.424</w:t>
-[...71 lines deleted...]
-              <w:t>0.53</w:t>
+              <w:t>0.487</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C044F9" w:rsidRPr="00C044F9" w:rsidP="00C044F9">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A155D9" w:rsidP="00153062">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -3679,57 +2758,54 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>normalized matrix</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1409"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="2648"/>
+        <w:gridCol w:w="2231"/>
+        <w:gridCol w:w="2231"/>
+        <w:gridCol w:w="2231"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
@@ -3739,702 +2815,414 @@
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Product quality and authenticity</w:t>
+              <w:t>criterion1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Price and payment conditions</w:t>
+              <w:t>criterion2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>After-sales service and technical support</w:t>
-[...71 lines deleted...]
-              <w:t>Alignment with new technologies</w:t>
+              <w:t>criterion3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Dell Technologies</w:t>
+              <w:t>alternative1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.166</w:t>
+              <w:t>0.089</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.064</w:t>
+              <w:t>0.207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.141</w:t>
-[...71 lines deleted...]
-              <w:t>0.066</w:t>
+              <w:t>0.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>HP</w:t>
+              <w:t>alternative2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.132</w:t>
+              <w:t>0.178</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.085</w:t>
+              <w:t>0.248</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.113</w:t>
-[...71 lines deleted...]
-              <w:t>0.053</w:t>
+              <w:t>0.108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Lenovo</w:t>
+              <w:t>alternative3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.132</w:t>
+              <w:t>0.267</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.106</w:t>
+              <w:t>0.083</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.085</w:t>
-[...71 lines deleted...]
-              <w:t>0.053</w:t>
+              <w:t>0.162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0026249C" w:rsidRPr="0026249C" w:rsidP="0026249C">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A155D9" w:rsidP="001C6890">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
@@ -5763,53 +4551,53 @@
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>The positive and negative ideal values</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5313"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2078"/>
+        <w:gridCol w:w="2568"/>
+        <w:gridCol w:w="3277"/>
+        <w:gridCol w:w="3495"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
@@ -5876,504 +4664,261 @@
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Product quality and authenticity</w:t>
+              <w:t>criterion1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.166</w:t>
+              <w:t>0.267</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.132</w:t>
+              <w:t>0.089</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Price and payment conditions</w:t>
+              <w:t>criterion2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.064</w:t>
+              <w:t>0.248</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.106</w:t>
+              <w:t>0.083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>After-sales service and technical support</w:t>
+              <w:t>criterion3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.141</w:t>
+              <w:t>0.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="0026249C">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.085</w:t>
-[...242 lines deleted...]
-              <w:t>0.053</w:t>
+              <w:t>0.108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0026249C" w:rsidRPr="0026249C" w:rsidP="0026249C">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00510ECA" w:rsidP="00EF3BB5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -7365,53 +5910,53 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>points</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2470"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3480"/>
+        <w:gridCol w:w="1942"/>
+        <w:gridCol w:w="3651"/>
+        <w:gridCol w:w="3748"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
@@ -7478,261 +6023,261 @@
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Dell Technologies</w:t>
+              <w:t>alternative1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>0.183</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.084</w:t>
+              <w:t>0.204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>HP</w:t>
+              <w:t>alternative2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.054</w:t>
+              <w:t>0.185</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.04</w:t>
+              <w:t>0.188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Lenovo</w:t>
+              <w:t>alternative3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.084</w:t>
+              <w:t>0.197</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>0.186</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="000A355D" w:rsidRPr="000A355D" w:rsidP="000A355D">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B66830" w:rsidP="009338C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
@@ -8474,53 +7019,53 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>The ci value and ranking</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5307"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1864"/>
+        <w:gridCol w:w="4576"/>
+        <w:gridCol w:w="2562"/>
+        <w:gridCol w:w="2201"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblW w:w="5000" w:type="pct"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
@@ -8587,75 +7132,75 @@
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Dell Technologies</w:t>
+              <w:t>alternative1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>0.528</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -8668,75 +7213,75 @@
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>HP</w:t>
+              <w:t>alternative2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0.425</w:t>
+              <w:t>0.504</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
@@ -8749,75 +7294,75 @@
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>Lenovo</w:t>
+              <w:t>alternative3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>0.485</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidP="000A355D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="B Nazanin"/>
                 <w:noProof/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
@@ -9150,51 +7695,51 @@
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-1589410</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4299268</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1814573" cy="404185"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1897660331" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
+                  <pic:cNvPr id="1844840865" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
                       <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm rot="16200000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1814573" cy="404185"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
@@ -9901,114 +8446,114 @@
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
-            <c:v>Dell Technologies</c:v>
+            <c:v>alternative1</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strLit>
               <c:ptCount val="1"/>
               <c:pt idx="0">
                 <c:v>Ci</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:ptCount val="1"/>
               <c:pt idx="0" formatCode="General">
-                <c:v>1</c:v>
+                <c:v>0.528</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
-            <c:v>HP</c:v>
+            <c:v>alternative2</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strLit>
               <c:ptCount val="1"/>
               <c:pt idx="0">
                 <c:v>Ci</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:ptCount val="1"/>
               <c:pt idx="0" formatCode="General">
-                <c:v>0.425</c:v>
+                <c:v>0.504</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
-            <c:v>Lenovo</c:v>
+            <c:v>alternative3</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strLit>
               <c:ptCount val="1"/>
               <c:pt idx="0">
                 <c:v>Ci</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:ptCount val="1"/>
               <c:pt idx="0" formatCode="General">
-                <c:v>0</c:v>
+                <c:v>0.485</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="305324448"/>
         <c:axId val="305318568"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="305324448"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>