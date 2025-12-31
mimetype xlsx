--- v0 (2025-10-30)
+++ v1 (2025-12-31)
@@ -25,51 +25,51 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Result" sheetId="1" r:id="rId2"/>
     <sheet name="Mean" sheetId="2" r:id="rId3"/>
     <sheet name="Expert 1" sheetId="3" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="31">
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t xml:space="preserve"> Choosing the Best Personal Finance Management App</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
-    <t>10/12/2025 8:45:20 PM</t>
+    <t>11/4/2025 8:51:11 PM</t>
   </si>
   <si>
     <t>Characteristics of Criteria</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>weight</t>
   </si>
   <si>
     <t>Data security</t>
   </si>
   <si>
     <t>+</t>
   </si>
   <si>
     <t>Usability and user interface</t>
   </si>
   <si>
     <t>Reporting features</t>
   </si>