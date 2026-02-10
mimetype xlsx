--- v0 (2025-10-07)
+++ v1 (2026-02-10)
@@ -6,118 +6,106 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Result" sheetId="1" r:id="rId2"/>
     <sheet name="Mean" sheetId="2" r:id="rId3"/>
-    <sheet name="Expert 1" sheetId="3" r:id="rId4"/>
+    <sheet name="Expert 3" sheetId="3" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="27">
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>Selecting the Best IT Equipment Supplier</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
-    <t>9/28/2025 8:52:46 PM</t>
+    <t>12/17/2025 4:42:50 PM</t>
   </si>
   <si>
     <t>Characteristics of Criteria</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
     <t>weight</t>
   </si>
   <si>
-    <t>Product quality and authenticity</t>
+    <t>criterion1</t>
   </si>
   <si>
     <t>+</t>
   </si>
   <si>
-    <t>Price and payment conditions</t>
-[...14 lines deleted...]
-    <t>Alignment with new technologies</t>
+    <t>criterion2</t>
+  </si>
+  <si>
+    <t>criterion3</t>
   </si>
   <si>
     <t>Decision Matrix</t>
   </si>
   <si>
-    <t>Dell Technologies</t>
-[...5 lines deleted...]
-    <t>Lenovo</t>
+    <t>alternative1</t>
+  </si>
+  <si>
+    <t>alternative2</t>
+  </si>
+  <si>
+    <t>alternative3</t>
   </si>
   <si>
     <t>The normalized matrix</t>
   </si>
   <si>
     <t>The weighted normalized matrix</t>
   </si>
   <si>
     <t>The positive and negative ideal values</t>
   </si>
   <si>
     <t xml:space="preserve"> Positive ideal</t>
   </si>
   <si>
     <t xml:space="preserve"> Negative ideal</t>
   </si>
   <si>
     <t>Distance to positive and negative ideal points</t>
   </si>
   <si>
     <t>Distance to positive ideal</t>
   </si>
   <si>
     <t>Distance to negative ideal</t>
   </si>
@@ -563,833 +551,587 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:E44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="1" spans="1:2" ht="12.75">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2" ht="12.75">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:1" ht="12.75">
       <c r="A4" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="2:4" ht="12.75">
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
       <c r="D5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="2:4" ht="12.75">
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>9</v>
       </c>
       <c r="D6">
-        <v>0.25</v>
+        <v>0.33300000000000002</v>
       </c>
     </row>
     <row r="7" spans="2:4" ht="12.75">
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D7">
-        <v>0.14999999999999999</v>
+        <v>0.33300000000000002</v>
       </c>
     </row>
     <row r="8" spans="2:4" ht="12.75">
       <c r="B8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8">
-        <v>0.20000000000000001</v>
-[...3 lines deleted...]
-      <c r="B9" t="s">
+        <v>0.33300000000000002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:1" ht="12.75">
+      <c r="A10" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="3:5" ht="12.75">
+      <c r="C11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="2:5" ht="12.75">
+      <c r="B12" t="s">
         <v>13</v>
       </c>
-      <c r="C9" t="s">
-[...7 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C12">
+        <v>1</v>
+      </c>
+      <c r="D12">
+        <v>5</v>
+      </c>
+      <c r="E12">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="2:5" ht="12.75">
+      <c r="B13" t="s">
         <v>14</v>
       </c>
-      <c r="C10" t="s">
-[...7 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C13">
+        <v>2</v>
+      </c>
+      <c r="D13">
+        <v>6</v>
+      </c>
+      <c r="E13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="2:5" ht="12.75">
+      <c r="B14" t="s">
         <v>15</v>
       </c>
-      <c r="C11" t="s">
-[...7 lines deleted...]
-      <c r="A13" s="1" t="s">
+      <c r="C14">
+        <v>3</v>
+      </c>
+      <c r="D14">
+        <v>2</v>
+      </c>
+      <c r="E14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:1" ht="12.75">
+      <c r="A16" s="1" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="14" spans="3:8" ht="12.75">
-      <c r="C14" t="s">
+    <row r="17" spans="3:5" ht="12.75">
+      <c r="C17" t="s">
         <v>8</v>
       </c>
-      <c r="D14" t="s">
+      <c r="D17" t="s">
         <v>10</v>
       </c>
-      <c r="E14" t="s">
-[...2 lines deleted...]
-      <c r="F14" t="s">
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="18" spans="2:5" ht="12.75">
+      <c r="B18" t="s">
         <v>13</v>
       </c>
-      <c r="G14" t="s">
+      <c r="C18">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="D18">
+        <v>0.62</v>
+      </c>
+      <c r="E18">
+        <v>0.81100000000000005</v>
+      </c>
+    </row>
+    <row r="19" spans="2:5" ht="12.75">
+      <c r="B19" t="s">
         <v>14</v>
       </c>
-      <c r="H14" t="s">
+      <c r="C19">
+        <v>0.53500000000000003</v>
+      </c>
+      <c r="D19">
+        <v>0.74399999999999999</v>
+      </c>
+      <c r="E19">
+        <v>0.32400000000000001</v>
+      </c>
+    </row>
+    <row r="20" spans="2:5" ht="12.75">
+      <c r="B20" t="s">
         <v>15</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C20">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="D20">
+        <v>0.248</v>
+      </c>
+      <c r="E20">
+        <v>0.48699999999999999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:1" ht="12.75">
+      <c r="A22" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C15">
-[...19 lines deleted...]
-      <c r="B16" t="s">
+    </row>
+    <row r="23" spans="3:5" ht="12.75">
+      <c r="C23" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="24" spans="2:5" ht="12.75">
+      <c r="B24" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24">
+        <v>0.088999999999999996</v>
+      </c>
+      <c r="D24">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="E24">
+        <v>0.27000000000000002</v>
+      </c>
+    </row>
+    <row r="25" spans="2:5" ht="12.75">
+      <c r="B25" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25">
+        <v>0.17799999999999999</v>
+      </c>
+      <c r="D25">
+        <v>0.248</v>
+      </c>
+      <c r="E25">
+        <v>0.108</v>
+      </c>
+    </row>
+    <row r="26" spans="2:5" ht="12.75">
+      <c r="B26" t="s">
+        <v>15</v>
+      </c>
+      <c r="C26">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="D26">
+        <v>0.083000000000000004</v>
+      </c>
+      <c r="E26">
+        <v>0.16200000000000001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:1" ht="12.75">
+      <c r="A28" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="C16">
-[...19 lines deleted...]
-      <c r="B17" t="s">
+    </row>
+    <row r="29" spans="3:4" ht="12.75">
+      <c r="C29" t="s">
         <v>19</v>
       </c>
-      <c r="C17">
-[...19 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="D29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="20" spans="3:8" ht="12.75">
-      <c r="C20" t="s">
+    <row r="30" spans="2:4" ht="12.75">
+      <c r="B30" t="s">
         <v>8</v>
       </c>
-      <c r="D20" t="s">
+      <c r="C30">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="D30">
+        <v>0.088999999999999996</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" ht="12.75">
+      <c r="B31" t="s">
         <v>10</v>
       </c>
-      <c r="E20" t="s">
-[...82 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="C31">
+        <v>0.248</v>
+      </c>
+      <c r="D31">
+        <v>0.083000000000000004</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" ht="12.75">
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32">
+        <v>0.27000000000000002</v>
+      </c>
+      <c r="D32">
+        <v>0.108</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" ht="12.75">
+      <c r="A34" s="1" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="26" spans="3:8" ht="12.75">
-[...89 lines deleted...]
-      <c r="A31" s="1" t="s">
+    <row r="35" spans="3:4" ht="12.75">
+      <c r="C35" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D35" t="s">
         <v>23</v>
-      </c>
-[...34 lines deleted...]
-        <v>0.085000000000000006</v>
       </c>
     </row>
     <row r="36" spans="2:4" ht="12.75">
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36">
-        <v>0.099000000000000005</v>
+        <v>0.183</v>
       </c>
       <c r="D36">
-        <v>0.079000000000000001</v>
+        <v>0.20399999999999999</v>
       </c>
     </row>
     <row r="37" spans="2:4" ht="12.75">
       <c r="B37" t="s">
         <v>14</v>
       </c>
       <c r="C37">
-        <v>0.091999999999999998</v>
+        <v>0.185</v>
       </c>
       <c r="D37">
-        <v>0.073999999999999996</v>
+        <v>0.188</v>
       </c>
     </row>
     <row r="38" spans="2:4" ht="12.75">
       <c r="B38" t="s">
         <v>15</v>
       </c>
       <c r="C38">
-        <v>0.066000000000000003</v>
+        <v>0.19700000000000001</v>
       </c>
       <c r="D38">
-        <v>0.052999999999999998</v>
+        <v>0.186</v>
       </c>
     </row>
     <row r="40" spans="1:1" ht="12.75">
       <c r="A40" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="3:4" ht="12.75">
       <c r="C41" t="s">
+        <v>25</v>
+      </c>
+      <c r="D41" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="42" spans="2:4" ht="12.75">
       <c r="B42" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C42">
-        <v>0</v>
+        <v>0.52800000000000002</v>
       </c>
       <c r="D42">
-        <v>0.084000000000000005</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="2:4" ht="12.75">
       <c r="B43" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C43">
-        <v>0.053999999999999999</v>
+        <v>0.504</v>
       </c>
       <c r="D43">
-        <v>0.040000000000000001</v>
+        <v>2</v>
       </c>
     </row>
     <row r="44" spans="2:4" ht="12.75">
       <c r="B44" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C44">
-        <v>0.084000000000000005</v>
+        <v>0.48499999999999999</v>
       </c>
       <c r="D44">
-        <v>0</v>
-[...44 lines deleted...]
-      <c r="D50">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:G4"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
-    <row r="1" spans="2:7" ht="12.75">
+    <row r="1" spans="2:4" ht="12.75">
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="C1" t="s">
         <v>10</v>
       </c>
       <c r="D1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="12.75">
+      <c r="A2" t="s">
         <v>13</v>
       </c>
-      <c r="F1" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B2">
+        <v>1</v>
+      </c>
+      <c r="C2">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="D2">
         <v>5</v>
       </c>
-      <c r="E2">
-[...9 lines deleted...]
-    <row r="3" spans="1:7" ht="12.75">
+    </row>
+    <row r="3" spans="1:4" ht="12.75">
       <c r="A3" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D3">
-        <v>4</v>
-[...11 lines deleted...]
-    <row r="4" spans="1:7" ht="12.75">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="12.75">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D4">
         <v>3</v>
-      </c>
-[...7 lines deleted...]
-        <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:G4"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
-    <row r="1" spans="2:7" ht="12.75">
+    <row r="1" spans="2:4" ht="12.75">
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="C1" t="s">
         <v>10</v>
       </c>
       <c r="D1" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="12.75">
+      <c r="A2" t="s">
         <v>13</v>
       </c>
-      <c r="F1" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B2">
+        <v>1</v>
+      </c>
+      <c r="C2">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="D2">
         <v>5</v>
       </c>
-      <c r="E2">
-[...9 lines deleted...]
-    <row r="3" spans="1:7" ht="12.75">
+    </row>
+    <row r="3" spans="1:4" ht="12.75">
       <c r="A3" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D3">
-        <v>4</v>
-[...11 lines deleted...]
-    <row r="4" spans="1:7" ht="12.75">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="12.75">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D4">
         <v>3</v>
-      </c>
-[...7 lines deleted...]
-        <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application/>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Result</vt:lpstr>
       <vt:lpstr>Mean</vt:lpstr>
-      <vt:lpstr>Expert 1</vt:lpstr>
+      <vt:lpstr>Expert 3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Template/>
   <Manager/>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:category/>
 </cp:coreProperties>
 </file>