--- v0 (2025-10-30)
+++ v1 (2025-12-31)
@@ -17827,51 +17827,51 @@
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4465320</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1814195" cy="403860"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon>
               <wp:start x="21596" y="4059"/>
               <wp:lineTo x="2771" y="1002"/>
               <wp:lineTo x="730" y="9153"/>
               <wp:lineTo x="276" y="10172"/>
               <wp:lineTo x="276" y="15266"/>
               <wp:lineTo x="2998" y="20360"/>
               <wp:lineTo x="17514" y="19342"/>
               <wp:lineTo x="20916" y="17304"/>
               <wp:lineTo x="21596" y="17304"/>
               <wp:lineTo x="21596" y="4059"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1178350115" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
+                  <pic:cNvPr id="2141434612" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
                       <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm rot="16200000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1814195" cy="403860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>