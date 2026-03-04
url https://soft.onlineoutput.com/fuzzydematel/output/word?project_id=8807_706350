--- v1 (2025-12-31)
+++ v2 (2026-03-04)
@@ -17827,51 +17827,51 @@
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4465320</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1814195" cy="403860"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon>
               <wp:start x="21596" y="4059"/>
               <wp:lineTo x="2771" y="1002"/>
               <wp:lineTo x="730" y="9153"/>
               <wp:lineTo x="276" y="10172"/>
               <wp:lineTo x="276" y="15266"/>
               <wp:lineTo x="2998" y="20360"/>
               <wp:lineTo x="17514" y="19342"/>
               <wp:lineTo x="20916" y="17304"/>
               <wp:lineTo x="21596" y="17304"/>
               <wp:lineTo x="21596" y="4059"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2141434612" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
+                  <pic:cNvPr id="681120787" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
                       <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm rot="16200000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1814195" cy="403860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>