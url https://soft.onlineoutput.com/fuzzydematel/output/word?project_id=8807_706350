--- v2 (2026-03-04)
+++ v3 (2026-03-04)
@@ -17827,51 +17827,51 @@
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4465320</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1814195" cy="403860"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon>
               <wp:start x="21596" y="4059"/>
               <wp:lineTo x="2771" y="1002"/>
               <wp:lineTo x="730" y="9153"/>
               <wp:lineTo x="276" y="10172"/>
               <wp:lineTo x="276" y="15266"/>
               <wp:lineTo x="2998" y="20360"/>
               <wp:lineTo x="17514" y="19342"/>
               <wp:lineTo x="20916" y="17304"/>
               <wp:lineTo x="21596" y="17304"/>
               <wp:lineTo x="21596" y="4059"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="681120787" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
+                  <pic:cNvPr id="483054522" name="Picture 2" descr="C:\Users\hamid\Desktop\footer-word.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
                       <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm rot="16200000">
                     <a:off x="0" y="0"/>
                     <a:ext cx="1814195" cy="403860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>